--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -44,63 +44,54 @@
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Color</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Shipping Time</t>
   </si>
   <si>
     <t>Fob Port</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
-    <t xml:space="preserve">Offer # 2928- 100% Linen and Cotton Linen Designer Curtains </t>
-[...11 lines deleted...]
-</t>
+    <t>Offer # 2928- 100% Linen and Cotton Linen Designer Curtains</t>
+  </si>
+  <si>
+    <t>Exclusive Offer # 2928- 100% Linen and Cotton Linen Designer Curtains Available at Heavy Discounts ⭐Customized packing available ⭐No defect Guaranteed. ⭐Fast and reliable shipping. ⭐Third Party Inspection Available ⭐ Size :- 130X210 cm (52&amp;rdquo;x84&amp;rdquo;) :- 130X240 cm (52&amp;rdquo;X96&amp;rdquo;) :- 130X270 cm (52&amp;rdquo;x108&amp;rdquo;) ⭐ Weight - 200 -300 gram</t>
   </si>
   <si>
     <t>Curtain and drapes</t>
   </si>
   <si>
     <t>As Per Pic</t>
   </si>
   <si>
     <t>130X210  , 130X240  , 130X270  cms</t>
   </si>
   <si>
     <t>immediately</t>
   </si>
   <si>
     <t>Mumbai</t>
   </si>
   <si>
     <t>https://textilestockindia.com/product-details/offer-2928-100-linen-and-cotton-linen-designer-curtains</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="3">