--- v0 (2025-12-23)
+++ v1 (2026-02-06)
@@ -47,55 +47,51 @@
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Color</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Shipping Time</t>
   </si>
   <si>
     <t>Fob Port</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Offer # 3076- Poly Cotton Shower Curtain Stock</t>
   </si>
   <si>
-    <t>Exclusive Offer# 3048 100% Cotton Curtain With FR Coating Stock Available at Heavy Discounts_x000D_
-[...3 lines deleted...]
-⭐Third Party Inspection Available</t>
+    <t>Exclusive Offer# 3048 100% Cotton Curtain With FR Coating Stock Available at Heavy Discounts ⭐Customized packing available ⭐No defect Guaranteed. ⭐Fast and reliable shipping. ⭐Third Party Inspection Available</t>
   </si>
   <si>
     <t>Curtain and drapes</t>
   </si>
   <si>
     <t>As per pic</t>
   </si>
   <si>
     <t>183X183 cms</t>
   </si>
   <si>
     <t>immediately</t>
   </si>
   <si>
     <t>Mumbai</t>
   </si>
   <si>
     <t>https://textilestockindia.com/product-details/offer-3076-poly-cotton-shower-curtain-stock</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="3">