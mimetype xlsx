--- v0 (2025-11-08)
+++ v1 (2026-02-06)
@@ -80,51 +80,51 @@
 :- Size - 45X45cm (18X18&amp;rdquo;)_x000D_
 :- Color - Pure White_x000D_
 :- Count -144 Thread_x000D_
 :- Fabric 100% Pure Cotton With Crochet Lace Edge_x000D_
 ⭐ Placemat_x000D_
 :- FOB Price - .45 USD_x000D_
 :- Quantity - 2000 pcs_x000D_
 :- Color - White_x000D_
 :- Size - 33X49 cm (13.2X19.6)_x000D_
 :- Quality - 100% Pure Cotton_x000D_
 :-Count - 144 Thread_x000D_
 :- Fabric - Heavy Embroidery All Over With Backup Lining Fusing Paper Inside_x000D_
 ⭐ Hand-Made Crochet Round_x000D_
 :- FOB Price - .20 USD_x000D_
 :- Quantity - 1800 Pcs_x000D_
 :- Size - 40 cm (16 Inch)_x000D_
 :- Color - White</t>
   </si>
   <si>
     <t>Table Linen sets</t>
   </si>
   <si>
     <t>As Per Pic</t>
   </si>
   <si>
-    <t>45X45cm cms</t>
+    <t>45X45 CM</t>
   </si>
   <si>
     <t>immediately</t>
   </si>
   <si>
     <t>Mumbai</t>
   </si>
   <si>
     <t>https://textilestockindia.com/product-details/offer-3042-b-designer-table-linen-set-stock</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>